--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -752,54 +752,54 @@
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2">
         <v>45624</v>
       </c>
       <c r="D2" s="3">
         <v>18920</v>
       </c>
       <c r="E2" s="3">
         <v>18920</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3">
         <v>45532</v>
       </c>
       <c r="D3" s="3">
-        <v>53754</v>
+        <v>56407</v>
       </c>
       <c r="E3" s="3">
-        <v>53754</v>
+        <v>56407</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4">
         <v>45525</v>
       </c>
       <c r="D4" s="3">
         <v>26401</v>
       </c>
       <c r="E4" s="3">
         <v>26401</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="3">
         <v>56</v>
@@ -981,54 +981,54 @@
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="D16" s="3">
         <v>167</v>
       </c>
       <c r="E16" s="3">
         <v>167</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>47</v>
       </c>
       <c r="B17" t="s">
         <v>25</v>
       </c>
       <c r="C17">
         <v>45582</v>
       </c>
       <c r="D17" s="3">
-        <v>43733</v>
+        <v>42426</v>
       </c>
       <c r="E17" s="3">
-        <v>43733</v>
+        <v>42426</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>48</v>
       </c>
       <c r="B18" t="s">
         <v>34</v>
       </c>
       <c r="C18">
         <v>45688</v>
       </c>
       <c r="D18" s="3">
         <v>119</v>
       </c>
       <c r="E18" s="3">
         <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>49</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
@@ -1128,65 +1128,65 @@
         <v>272</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>59</v>
       </c>
       <c r="B25" t="s">
         <v>60</v>
       </c>
       <c r="C25">
         <v>45633</v>
       </c>
       <c r="D25" s="3">
         <v>672</v>
       </c>
       <c r="E25" s="3">
         <v>672</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>61</v>
       </c>
       <c r="D26" s="3">
-        <v>1438097</v>
+        <v>1439443</v>
       </c>
       <c r="E26" s="3">
-        <v>1438097</v>
+        <v>1439443</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="3">
-        <v>1465602</v>
+        <v>1466948</v>
       </c>
       <c r="E27" s="3">
-        <v>1465602</v>
+        <v>1466948</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="48.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>