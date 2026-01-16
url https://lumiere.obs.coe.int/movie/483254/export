--- v0 (2025-11-17)
+++ v1 (2026-01-16)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="33">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>L'heureuse élue</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Frank Bellocq</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -606,54 +606,54 @@
       </c>
       <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2">
         <v>45567</v>
       </c>
       <c r="D2" s="3">
-        <v>19305</v>
+        <v>21381</v>
       </c>
       <c r="E2" s="3">
-        <v>19305</v>
+        <v>21381</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>23</v>
       </c>
       <c r="C3">
         <v>45560</v>
       </c>
       <c r="D3" s="3">
         <v>10142</v>
       </c>
       <c r="E3" s="3">
         <v>10142</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
@@ -667,77 +667,83 @@
       <c r="E4" s="3">
         <v>510922</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5">
         <v>45568</v>
       </c>
       <c r="D5" s="3">
         <v>34922</v>
       </c>
       <c r="E5" s="3">
         <v>34922</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>26</v>
       </c>
+      <c r="B6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6">
+        <v>45567</v>
+      </c>
       <c r="D6" s="3">
         <v>620</v>
       </c>
       <c r="E6" s="3">
         <v>620</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="3">
-        <v>565769</v>
+        <v>567845</v>
       </c>
       <c r="E7" s="3">
-        <v>565769</v>
+        <v>567845</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="3">
-        <v>575911</v>
+        <v>577987</v>
       </c>
       <c r="E8" s="3">
-        <v>575911</v>
+        <v>577987</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>