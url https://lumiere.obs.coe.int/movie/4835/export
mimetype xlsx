--- v0 (2025-11-24)
+++ v1 (2025-12-17)
@@ -262,87 +262,87 @@
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,CL</t>
+  </si>
+  <si>
+    <t>Rouge</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Red</t>
+  </si>
+  <si>
+    <t>Rød</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Fraternidade é Vermelha</t>
   </si>
   <si>
     <t>Den röda filmen</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Drei Farben - Rot</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Három szín: piros</t>
   </si>
   <si>
     <t>Kolme väriä - punainen</t>
-  </si>
-[...13 lines deleted...]
-    <t>Rouge</t>
   </si>
   <si>
     <t>Three Colors: Red</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Torikorôru: Aka no Ai</t>
   </si>
   <si>
     <t>Tre colori - Film rosso</t>
   </si>
   <si>
     <t>Tre färger: Den röda</t>
   </si>
   <si>
     <t>Tre färger - rött</t>
   </si>
   <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>Tres colores: Rojo</t>
   </si>
@@ -2037,107 +2037,107 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>82</v>
       </c>
       <c r="B2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>87</v>
       </c>
       <c r="B5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="B6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>90</v>
       </c>
       <c r="B7" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="B8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="B9" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>96</v>
       </c>
       <c r="B11" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>57</v>
       </c>