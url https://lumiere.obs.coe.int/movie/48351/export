--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -103,72 +103,72 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2014</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Action Cinémas</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Hämndens herre</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>復讐の二連銃</t>
+  </si>
+  <si>
+    <t>O oulamos ton gennaion</t>
+  </si>
+  <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>La abrasadora</t>
-  </si>
-[...16 lines deleted...]
-    <t>O oulamos ton gennaion</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Die Farm der Gehetzten</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>De vurige vrouw</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Abrasadora</t>
   </si>
   <si>
     <t>A Fúria Abrasadora</t>
   </si>
   <si>
     <t>DK</t>
   </si>
@@ -793,78 +793,78 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>34</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>35</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">