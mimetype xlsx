--- v0 (2025-11-20)
+++ v1 (2026-01-08)
@@ -130,63 +130,63 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Notorious Pictures</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Top Film</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>First Pick II</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Predodredjenje</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,GB,HK,IT,KR,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>Laika patruļa</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Predodređenje</t>
-  </si>
-[...1 lines deleted...]
-    <t>Predodredjenje</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Zamanin Ötesinde</t>
   </si>
   <si>
     <t>Ταξιδιώτης στο χρόνο</t>
   </si>
   <si>
     <t>Предопределение</t>
   </si>
   <si>
     <t>BA,HR</t>
   </si>
   <si>
     <t>Preodredište</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Предопределен</t>
   </si>
@@ -946,71 +946,71 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>38</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>40</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>41</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>43</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>47</v>
@@ -1095,51 +1095,51 @@
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>68</v>
       </c>
       <c r="B20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>34</v>
       </c>
       <c r="B21" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>72</v>
       </c>
       <c r="B23" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>75</v>
       </c>