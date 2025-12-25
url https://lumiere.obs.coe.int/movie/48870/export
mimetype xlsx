--- v0 (2025-11-15)
+++ v1 (2025-12-25)
@@ -214,96 +214,96 @@
   <si>
     <t>Alambique</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>U podrumu</t>
+  </si>
+  <si>
+    <t>Källaren</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>В мазето</t>
   </si>
   <si>
     <t>AT,DE,SG</t>
   </si>
   <si>
     <t>Keldris</t>
   </si>
   <si>
     <t>Pagrabā</t>
   </si>
   <si>
     <t>I kælderen</t>
   </si>
   <si>
     <t>En el sótano</t>
   </si>
   <si>
     <t>Sous-sols</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>In the Basement</t>
   </si>
   <si>
     <t>A pince</t>
   </si>
   <si>
     <t>W piwnicy</t>
   </si>
   <si>
     <t>Na Cave</t>
-  </si>
-[...7 lines deleted...]
-    <t>Källaren</t>
   </si>
   <si>
     <t>V kleti</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Στο υπόγειο</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>В подвале</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1381,133 +1381,133 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
         <v>68</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...8 lines deleted...]
-    </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>85</v>
       </c>