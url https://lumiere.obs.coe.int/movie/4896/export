--- v0 (2025-11-23)
+++ v1 (2026-01-06)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="141">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Der Himmel über Berlin</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Wim Wenders</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -67,56 +67,50 @@
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0000-32FE-0000-T-0000-0000-O</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/2D34-1CCE-C98E-5D97-140C-D</t>
   </si>
   <si>
     <t>CNC (FR) link</t>
   </si>
   <si>
     <t>https://www.cnc.fr/professionnels/visas-et-classification/62875</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q156911</t>
   </si>
   <si>
-    <t>JustWatch link</t>
-[...4 lines deleted...]
-  <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1997</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>2002</t>
@@ -298,168 +292,168 @@
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Dangus virs Berlyno</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Небо над Берлiном</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Криле на желанието</t>
   </si>
   <si>
     <t>Небето над Берлин</t>
   </si>
   <si>
-    <t>AT,AU,CA,DE</t>
+    <t>AT,CA,DE</t>
   </si>
   <si>
     <t>AU,CA,GB,KR,NL,US</t>
   </si>
   <si>
     <t>Wings of Desire</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Les ailes du désir</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Himmel över Berlin</t>
   </si>
   <si>
     <t>Under Berlins Himmel</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ベルリン・天使の詩</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Berlin Üzerindeki Gökyüzü</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Asas do Desejo</t>
+  </si>
+  <si>
+    <t>AR,CL,MX</t>
+  </si>
+  <si>
+    <t>Las alas del deseo</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Berliini taevas</t>
+  </si>
+  <si>
+    <t>Cielo sobre Berlín</t>
+  </si>
+  <si>
+    <t>El cielo sobre Berlín</t>
+  </si>
+  <si>
+    <t>Berliinin taivaan alla</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Berlin felett az ég</t>
+  </si>
+  <si>
+    <t>Il cielo sopra Berlino</t>
+  </si>
+  <si>
+    <t>Berurin Tenshi no Uta</t>
+  </si>
+  <si>
+    <t>Dangus virš Berlyno</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Lidenskapens vinger</t>
+  </si>
+  <si>
+    <t>Niebo nad Berlinem</t>
+  </si>
+  <si>
+    <t>As Asas do Desejo</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Cerul deasupra Berlinului</t>
+  </si>
+  <si>
+    <t>HR,RS,SI</t>
+  </si>
+  <si>
+    <t>Nebo nad Berlinom</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Himlen over Berlin</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>柏林苍穹下</t>
   </si>
   <si>
     <t>Cielo sobre Berlin</t>
   </si>
   <si>
-    <t>HR,RS,SI</t>
-[...55 lines deleted...]
-  <si>
     <t>Himmelen over Berlin</t>
-  </si>
-[...13 lines deleted...]
-    <t>Cerul deasupra Berlinului</t>
   </si>
   <si>
     <t>Nebe nad Berlínem</t>
   </si>
   <si>
     <t>Nebo nad Berlínom</t>
   </si>
   <si>
     <t>Небо над Берліном</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>The Sky Above Berlin</t>
   </si>
   <si>
     <t>The Sky Over Berlin</t>
   </si>
   <si>
     <t>Τα φτερά του έρωτα</t>
   </si>
   <si>
     <t>SU</t>
   </si>
@@ -803,56 +797,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0093191/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0000-32FE-0000-T-0000-0000-O" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/2D34-1CCE-C98E-5D97-140C-D" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/62875" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q156911" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/fr/film/les-ailes-du-desir" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0093191/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0000-32FE-0000-T-0000-0000-O" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/2D34-1CCE-C98E-5D97-140C-D" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/62875" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q156911" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="67.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -890,196 +884,187 @@
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:2">
-[...6 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
-    <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AE22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="8" width="5" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6" bestFit="1" customWidth="1"/>
     <col min="10" max="13" width="5" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="6" bestFit="1" customWidth="1"/>
     <col min="15" max="21" width="5" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="5" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="6" bestFit="1" customWidth="1"/>
     <col min="27" max="28" width="5" bestFit="1" customWidth="1"/>
     <col min="29" max="31" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="L1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="M1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="N1" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="O1" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="P1" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="Q1" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="R1" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="S1" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="R1" s="1" t="s">
+      <c r="T1" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="S1" s="1" t="s">
+      <c r="U1" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="T1" s="1" t="s">
+      <c r="V1" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="U1" s="1" t="s">
+      <c r="W1" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="V1" s="1" t="s">
+      <c r="X1" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="W1" s="1" t="s">
+      <c r="Y1" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="X1" s="1" t="s">
+      <c r="Z1" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="Y1" s="1" t="s">
+      <c r="AA1" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="Z1" s="1" t="s">
+      <c r="AB1" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="AA1" s="1" t="s">
+      <c r="AC1" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="AB1" s="1" t="s">
+      <c r="AD1" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="AC1" s="1" t="s">
+      <c r="AE1" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C2">
         <v>32050</v>
       </c>
       <c r="D2" s="3">
         <v>5441</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>2570</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3">
         <v>275</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3">
         <v>65</v>
       </c>
@@ -1103,54 +1088,54 @@
         <v>114</v>
       </c>
       <c r="X2" s="3">
         <v>208</v>
       </c>
       <c r="Y2" s="3"/>
       <c r="Z2" s="3">
         <v>1239</v>
       </c>
       <c r="AA2" s="3">
         <v>112</v>
       </c>
       <c r="AB2" s="3">
         <v>97</v>
       </c>
       <c r="AC2" s="3"/>
       <c r="AD2" s="3">
         <v>212</v>
       </c>
       <c r="AE2" s="3">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C3">
         <v>37273</v>
       </c>
       <c r="D3" s="3">
         <v>38015</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3">
         <v>18335</v>
       </c>
       <c r="J3" s="3">
         <v>6107</v>
       </c>
       <c r="K3" s="3">
         <v>4947</v>
       </c>
       <c r="L3" s="3">
         <v>4489</v>
       </c>
       <c r="M3" s="3"/>
       <c r="N3" s="3">
@@ -1167,51 +1152,51 @@
         <v>20</v>
       </c>
       <c r="S3" s="3"/>
       <c r="T3" s="3">
         <v>310</v>
       </c>
       <c r="U3" s="3">
         <v>67</v>
       </c>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C4">
         <v>32079</v>
       </c>
       <c r="D4" s="3">
         <v>65841</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3">
         <v>7549</v>
       </c>
       <c r="H4" s="3">
         <v>8659</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3">
         <v>10763</v>
       </c>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
@@ -1231,54 +1216,54 @@
       <c r="X4" s="3">
         <v>1408</v>
       </c>
       <c r="Y4" s="3">
         <v>13522</v>
       </c>
       <c r="Z4" s="3">
         <v>5287</v>
       </c>
       <c r="AA4" s="3">
         <v>2461</v>
       </c>
       <c r="AB4" s="3">
         <v>2391</v>
       </c>
       <c r="AC4" s="3">
         <v>2996</v>
       </c>
       <c r="AD4" s="3">
         <v>5505</v>
       </c>
       <c r="AE4" s="3"/>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C5">
         <v>32509</v>
       </c>
       <c r="D5" s="3">
         <v>2243</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3">
         <v>910</v>
       </c>
       <c r="I5" s="3">
         <v>332</v>
       </c>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
@@ -1286,97 +1271,97 @@
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3">
         <v>250</v>
       </c>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3">
         <v>233</v>
       </c>
       <c r="AB5" s="3">
         <v>155</v>
       </c>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3">
         <v>301</v>
       </c>
       <c r="AE5" s="3">
         <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:31">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C6">
         <v>32332</v>
       </c>
       <c r="D6" s="3">
         <v>225</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="3"/>
       <c r="Z6" s="3"/>
       <c r="AA6" s="3"/>
       <c r="AB6" s="3"/>
       <c r="AC6" s="3"/>
       <c r="AD6" s="3"/>
       <c r="AE6" s="3">
         <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:31">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C7">
         <v>32036</v>
       </c>
       <c r="D7" s="3">
         <v>18589</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3">
         <v>665</v>
       </c>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
@@ -1392,54 +1377,54 @@
       </c>
       <c r="Y7" s="3">
         <v>5661</v>
       </c>
       <c r="Z7" s="3">
         <v>1686</v>
       </c>
       <c r="AA7" s="3">
         <v>620</v>
       </c>
       <c r="AB7" s="3">
         <v>1277</v>
       </c>
       <c r="AC7" s="3">
         <v>1533</v>
       </c>
       <c r="AD7" s="3">
         <v>1932</v>
       </c>
       <c r="AE7" s="3">
         <v>3611</v>
       </c>
     </row>
     <row r="8" spans="1:31">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C8">
         <v>32318</v>
       </c>
       <c r="D8" s="3">
         <v>14837</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3">
@@ -1453,184 +1438,184 @@
       </c>
       <c r="Y8" s="3">
         <v>325</v>
       </c>
       <c r="Z8" s="3">
         <v>1207</v>
       </c>
       <c r="AA8" s="3">
         <v>92</v>
       </c>
       <c r="AB8" s="3">
         <v>136</v>
       </c>
       <c r="AC8" s="3">
         <v>9688</v>
       </c>
       <c r="AD8" s="3">
         <v>661</v>
       </c>
       <c r="AE8" s="3">
         <v>244</v>
       </c>
     </row>
     <row r="9" spans="1:31">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C9">
         <v>32318</v>
       </c>
       <c r="D9" s="3">
         <v>85</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3">
         <v>85</v>
       </c>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
       <c r="Z9" s="3"/>
       <c r="AA9" s="3"/>
       <c r="AB9" s="3"/>
       <c r="AC9" s="3"/>
       <c r="AD9" s="3"/>
       <c r="AE9" s="3"/>
     </row>
     <row r="10" spans="1:31">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D10" s="3">
         <v>1485</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
       <c r="S10" s="3"/>
       <c r="T10" s="3"/>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="3">
         <v>1485</v>
       </c>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
     </row>
     <row r="11" spans="1:31">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11">
         <v>32318</v>
       </c>
       <c r="D11" s="3">
         <v>1434</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3">
         <v>97</v>
       </c>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
       <c r="AA11" s="3"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3">
         <v>1204</v>
       </c>
       <c r="AD11" s="3"/>
       <c r="AE11" s="3">
         <v>133</v>
       </c>
     </row>
     <row r="12" spans="1:31">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C12">
         <v>42053</v>
       </c>
       <c r="D12" s="3">
         <v>34429</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3">
@@ -1640,230 +1625,230 @@
         <v>515</v>
       </c>
       <c r="X12" s="3">
         <v>139</v>
       </c>
       <c r="Y12" s="3"/>
       <c r="Z12" s="3">
         <v>4505</v>
       </c>
       <c r="AA12" s="3">
         <v>328</v>
       </c>
       <c r="AB12" s="3">
         <v>51</v>
       </c>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3">
         <v>16312</v>
       </c>
       <c r="AE12" s="3">
         <v>6174</v>
       </c>
     </row>
     <row r="13" spans="1:31">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C13">
         <v>45636</v>
       </c>
       <c r="D13" s="3">
         <v>147</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
       <c r="Z13" s="3"/>
       <c r="AA13" s="3"/>
       <c r="AB13" s="3"/>
       <c r="AC13" s="3"/>
       <c r="AD13" s="3"/>
       <c r="AE13" s="3">
         <v>147</v>
       </c>
     </row>
     <row r="14" spans="1:31">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D14" s="3">
         <v>175</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
       <c r="Z14" s="3">
         <v>175</v>
       </c>
       <c r="AA14" s="3"/>
       <c r="AB14" s="3"/>
       <c r="AC14" s="3"/>
       <c r="AD14" s="3"/>
       <c r="AE14" s="3"/>
     </row>
     <row r="15" spans="1:31">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C15">
         <v>32205</v>
       </c>
       <c r="D15" s="3">
         <v>4656</v>
       </c>
       <c r="E15" s="3">
         <v>1310</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3">
         <v>253</v>
       </c>
       <c r="N15" s="3"/>
       <c r="O15" s="3">
         <v>23</v>
       </c>
       <c r="P15" s="3">
         <v>69</v>
       </c>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
       <c r="Z15" s="3"/>
       <c r="AA15" s="3"/>
       <c r="AB15" s="3"/>
       <c r="AC15" s="3"/>
       <c r="AD15" s="3">
         <v>15</v>
       </c>
       <c r="AE15" s="3">
         <v>2986</v>
       </c>
     </row>
     <row r="16" spans="1:31">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D16" s="3">
         <v>17</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
       <c r="Z16" s="3"/>
       <c r="AA16" s="3"/>
       <c r="AB16" s="3">
         <v>17</v>
       </c>
       <c r="AC16" s="3"/>
       <c r="AD16" s="3"/>
       <c r="AE16" s="3"/>
     </row>
     <row r="17" spans="1:31">
       <c r="A17" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C17">
         <v>32143</v>
       </c>
       <c r="D17" s="3">
         <v>3856</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3">
         <v>120</v>
@@ -1871,175 +1856,175 @@
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3">
         <v>2886</v>
       </c>
       <c r="Y17" s="3">
         <v>26</v>
       </c>
       <c r="Z17" s="3">
         <v>313</v>
       </c>
       <c r="AA17" s="3">
         <v>12</v>
       </c>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3">
         <v>85</v>
       </c>
       <c r="AE17" s="3">
         <v>414</v>
       </c>
     </row>
     <row r="18" spans="1:31">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D18" s="3">
         <v>92</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3">
         <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:31">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C19">
         <v>42969</v>
       </c>
       <c r="D19" s="3">
         <v>194</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="P19" s="3"/>
       <c r="Q19" s="3"/>
       <c r="R19" s="3"/>
       <c r="S19" s="3"/>
       <c r="T19" s="3"/>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3">
         <v>120</v>
       </c>
       <c r="Y19" s="3">
         <v>36</v>
       </c>
       <c r="Z19" s="3">
         <v>38</v>
       </c>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D20" s="3">
         <v>483</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3">
         <v>483</v>
       </c>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D21" s="3">
         <v>186628</v>
       </c>
       <c r="E21" s="3">
         <v>1310</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>7549</v>
       </c>
       <c r="H21" s="3">
         <v>9569</v>
       </c>
       <c r="I21" s="3">
         <v>18667</v>
       </c>
       <c r="J21" s="3">
         <v>6107</v>
       </c>
       <c r="K21" s="3">
         <v>4947</v>
       </c>
@@ -2084,51 +2069,51 @@
       </c>
       <c r="Y21" s="3">
         <v>19570</v>
       </c>
       <c r="Z21" s="3">
         <v>13036</v>
       </c>
       <c r="AA21" s="3">
         <v>3746</v>
       </c>
       <c r="AB21" s="3">
         <v>4027</v>
       </c>
       <c r="AC21" s="3">
         <v>15421</v>
       </c>
       <c r="AD21" s="3">
         <v>24811</v>
       </c>
       <c r="AE21" s="3">
         <v>14088</v>
       </c>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D22" s="3">
         <v>192244</v>
       </c>
       <c r="E22" s="3">
         <v>1310</v>
       </c>
       <c r="F22" s="3">
         <v>2570</v>
       </c>
       <c r="G22" s="3">
         <v>7549</v>
       </c>
       <c r="H22" s="3">
         <v>9844</v>
       </c>
       <c r="I22" s="3">
         <v>18667</v>
       </c>
       <c r="J22" s="3">
         <v>6107</v>
       </c>
       <c r="K22" s="3">
         <v>4947</v>
       </c>
@@ -2198,333 +2183,333 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B4" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B5" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B7" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B8" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B9" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" t="s">
         <v>106</v>
       </c>
-      <c r="B13" t="s">
+      <c r="B14" t="s">
         <v>107</v>
-      </c>
-[...3 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>53</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B19" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B24" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="B25" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="B26" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B27" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
+        <v>126</v>
+      </c>
+      <c r="B28" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="B29" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2">
+      <c r="B30" t="s">
         <v>130</v>
-      </c>
-[...6 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="B31" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="B33" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B34" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B35" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
+        <v>135</v>
+      </c>
+      <c r="B36" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B37" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B38" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>