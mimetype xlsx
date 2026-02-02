--- v0 (2025-12-01)
+++ v1 (2026-02-02)
@@ -145,129 +145,129 @@
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Bíó Paradís</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Fidalgo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,DK,FR,NO</t>
+  </si>
+  <si>
+    <t>Безшумно сърце</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>Corazón silencioso</t>
+  </si>
+  <si>
+    <t>Безмълвно сърце</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Coração Mudo</t>
+  </si>
+  <si>
+    <t>Silent Heart - Mein Leben gehört mir</t>
+  </si>
+  <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>Silent Heart</t>
+  </si>
+  <si>
+    <t>Csendes szív</t>
+  </si>
+  <si>
+    <t>Néma szív</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>サイレント・ハート</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Rami širdis</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Spokój w sercu</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Cu inima impacata</t>
+  </si>
+  <si>
+    <t>Stilla hjärta</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Σιωπηλή καρδιά</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Тихе серце</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>沉默的心</t>
-  </si>
-[...73 lines deleted...]
-    <t>Тихе серце</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Тихое сердце</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -992,160 +992,160 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="B16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>68</v>
       </c>
       <c r="B18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>70</v>
       </c>