--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -94,81 +94,81 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2014</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ララバイ</t>
+  </si>
+  <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Приспиване</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Última Canção</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>La última canción</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Altatódal</t>
-  </si>
-[...4 lines deleted...]
-    <t>ララバイ</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kołysanka</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Колыбельная</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -697,59 +697,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>