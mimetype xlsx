--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -160,135 +160,135 @@
   <si>
     <t>20th Century Fox</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,DK,ES,FI,FR,GB,GR,IT,KR,PT,SE,SG,US</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Duzy</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Velik</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Veľký</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Büyük</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Quisiera ser grande</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Голям</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Quero ser Grande</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Petit bonhomme</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Velký</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Big - isoksi yhdessä yössä</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Veliki</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Segítség, felnőttem!</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ビッグ（1988）</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Didelis</t>
-  </si>
-[...79 lines deleted...]
-    <t>ビッグ（1988）</t>
   </si>
   <si>
     <t>Was ik maar groot!</t>
   </si>
   <si>
     <t>Duży</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Vreau sa fiu mare</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Велики</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Великий</t>
   </si>
@@ -1156,59 +1156,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="41.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>51</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
@@ -1281,51 +1281,51 @@
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>83</v>
       </c>