--- v0 (2025-12-22)
+++ v1 (2026-01-13)
@@ -187,50 +187,56 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Altitude</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Blue Dolphin</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Aljas utcák</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,KR,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ulice nasilja</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Злi вулицi</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Calles salvajes</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Hexenkessel</t>
@@ -290,56 +296,50 @@
     <t>Agulitänavad</t>
   </si>
   <si>
     <t>Mals carrers</t>
   </si>
   <si>
     <t>Malas calles</t>
   </si>
   <si>
     <t>Sudenpesä</t>
   </si>
   <si>
     <t>Mean streets - les rues chaudes</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Kakofimoi dromoi</t>
   </si>
   <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Ulice zla</t>
-  </si>
-[...4 lines deleted...]
-    <t>Aljas utcák</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Mean Streets - Domenica in chiesa, lunedì all'inferno</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ミーン・ストリート</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Bjaurios gatves</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Calles peligrosas</t>
   </si>
@@ -1400,59 +1400,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>60</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>62</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>64</v>
       </c>
       <c r="B6" t="s">
         <v>65</v>
       </c>
@@ -1509,83 +1509,83 @@
       <c r="A13" t="s">
         <v>78</v>
       </c>
       <c r="B13" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>80</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>90</v>
       </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>94</v>
       </c>
@@ -1629,115 +1629,115 @@
       <c r="A28" t="s">
         <v>103</v>
       </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>103</v>
       </c>
       <c r="B29" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>106</v>
       </c>
       <c r="B30" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B31" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>109</v>
       </c>
       <c r="B32" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>109</v>
       </c>
       <c r="B33" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>112</v>
       </c>
       <c r="B34" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>112</v>
       </c>
       <c r="B35" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B36" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>116</v>
       </c>
       <c r="B37" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B39" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>120</v>
       </c>
       <c r="B40" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>122</v>
       </c>
       <c r="B41" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>