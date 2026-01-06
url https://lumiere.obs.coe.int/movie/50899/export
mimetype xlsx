--- v0 (2025-12-13)
+++ v1 (2026-01-06)
@@ -94,156 +94,156 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2014</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Sony</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE,CA,GB</t>
+  </si>
+  <si>
+    <t>Dolandiricilik Sanati</t>
+  </si>
+  <si>
+    <t>Sztuka kradziezy</t>
+  </si>
+  <si>
+    <t>AR,CL</t>
+  </si>
+  <si>
+    <t>El arte del robo</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Изкуството на кражбата</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Roubar é uma Arte</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'art de l'arnaque</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>El arte de robar</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Art of Steal</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ypsili tehni gia... apateones!</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A lopás művészete</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>エージェント・スティール</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Sztuka kradzieży</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>A Arte de Roubar</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Umetnost krađe</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Dolandırıcılık Sanatı</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Черные мeтки</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Мистецтво красти</t>
+  </si>
+  <si>
+    <t>The Black Marks</t>
+  </si>
+  <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>The Fix</t>
-  </si>
-[...100 lines deleted...]
-    <t>The Black Marks</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>The Art of the Steal - Der Kunstraub</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>The Art of the Steal - L'arte del furto</t>
   </si>
   <si>
     <t>Υψηλή τέχνη για ... απατεώνες</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -775,67 +775,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>27</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>29</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
@@ -910,83 +910,83 @@
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>62</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>64</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>