--- v0 (2025-11-15)
+++ v1 (2025-12-06)
@@ -97,75 +97,75 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Dreams Factory European</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,NZ,US</t>
+  </si>
+  <si>
+    <t>Ode to My Father</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>Oda a mi padre</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Ode ao Meu Pai</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>国際市場で逢いましょう</t>
+  </si>
+  <si>
     <t>Gug-je-si-jang</t>
-  </si>
-[...22 lines deleted...]
-    <t>国際市場で逢いましょう</t>
   </si>
   <si>
     <t>Gugjesijang</t>
   </si>
   <si>
     <t>Gukje Market</t>
   </si>
   <si>
     <t>Gukje shijang</t>
   </si>
   <si>
     <t>International Market</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Международный рынок</t>
   </si>
   <si>
     <t>The International Market</t>
   </si>
 </sst>
 </file>
 
@@ -715,88 +715,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>6</v>
       </c>