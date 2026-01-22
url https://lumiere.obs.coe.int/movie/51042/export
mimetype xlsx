--- v0 (2025-11-29)
+++ v1 (2026-01-22)
@@ -109,102 +109,102 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>FilmBazar</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Edge Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Baza X ray</t>
+  </si>
+  <si>
     <t>AU,CA,ES,GB,IT,SG,US</t>
   </si>
   <si>
     <t>Isin Kampi</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Roje në Guantanamo</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Atrapada en Guantanamo</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Marcados Pela Guerra</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Camp X-Ray: Eine verbotene Liebe</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>レディ・ソルジャー</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Stovykla X-Ray</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Campamento Rayos X</t>
-  </si>
-[...4 lines deleted...]
-    <t>Baza X ray</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Işın Kampı</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>The Guard</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Лагерь X-Ray</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -782,62 +782,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="B7" t="s">