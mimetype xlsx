--- v0 (2025-11-20)
+++ v1 (2025-12-15)
@@ -100,69 +100,69 @@
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>ADS</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Lanterna de Pedra Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE,GB,US</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Дни и ночи</t>
+  </si>
+  <si>
+    <t>AZ,TR</t>
+  </si>
+  <si>
+    <t>Günler ve Geceler</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Dias e noites</t>
-  </si>
-[...13 lines deleted...]
-    <t>Günler ve Geceler</t>
   </si>
   <si>
     <t>Éjjelek és nappalok</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ブロークン・ポイント</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Dienos ir naktys</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Dni i noce</t>
   </si>
   <si>
     <t>Dias e Noites</t>
   </si>
@@ -732,59 +732,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>