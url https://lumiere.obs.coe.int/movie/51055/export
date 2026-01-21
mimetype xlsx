--- v1 (2025-12-15)
+++ v2 (2026-01-21)
@@ -100,90 +100,90 @@
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>ADS</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Lanterna de Pedra Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Dni i noce</t>
+  </si>
+  <si>
     <t>DE,GB,US</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Дни и ночи</t>
   </si>
   <si>
     <t>AZ,TR</t>
   </si>
   <si>
     <t>Günler ve Geceler</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Dias e noites</t>
   </si>
   <si>
     <t>Éjjelek és nappalok</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ブロークン・ポイント</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Dienos ir naktys</t>
-  </si>
-[...4 lines deleted...]
-    <t>Dni i noce</t>
   </si>
   <si>
     <t>Dias e Noites</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Dagar och nätter</t>
   </si>
   <si>
     <t>Untitled Christian Camargo Project</t>
   </si>
   <si>
     <t>The Seagull</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -732,88 +732,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>24</v>
       </c>