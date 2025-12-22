--- v0 (2025-11-22)
+++ v1 (2025-12-22)
@@ -133,50 +133,62 @@
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Lepi Serž</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Vännerna</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Piekny Serge</t>
   </si>
   <si>
     <t>BE,FR,IT</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O oraios Sergios</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>El bello Sergio</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>De schone Serge</t>
@@ -224,62 +236,50 @@
     <t>A szép Serge</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>美しきセルジュ</t>
   </si>
   <si>
     <t>Utsukushiki Seruju</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Min venn Serge</t>
   </si>
   <si>
     <t>Piękny Serge</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Um Vinho Difícil</t>
-  </si>
-[...10 lines deleted...]
-    <t>Vännerna</t>
   </si>
   <si>
     <t>Bitter Reunion</t>
   </si>
   <si>
     <t>Handsome Serge</t>
   </si>
   <si>
     <t>Красавчик Серж</t>
   </si>
   <si>
     <t>Die Enttäuschten</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>美男子沙治</t>
   </si>
   <si>
     <t>Ο ωραίος Σέργιος</t>
   </si>
 </sst>
 </file>
 
@@ -991,67 +991,67 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>48</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
@@ -1084,127 +1084,127 @@
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>72</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="B21" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="B22" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="B23" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>78</v>
       </c>
       <c r="B25" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B26" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>