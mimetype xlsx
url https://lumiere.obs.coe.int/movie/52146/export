--- v0 (2025-11-21)
+++ v1 (2026-01-21)
@@ -40,51 +40,51 @@
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Short Peace</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Hiroaki Andô, Hajime Katoki, Shûhei Morita, Katsuhiro Ôtomo</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
-    <t>https://www.imdb.com/title/tt3392330/</t>
+    <t>https://www.imdb.com/title/tt2508466/</t>
   </si>
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0006-8A1E-0000-G-0000-0000-Q</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/1818-78AF-F65A-2C87-2044-S</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q11243303</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
@@ -470,51 +470,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt3392330/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0006-8A1E-0000-G-0000-0000-Q" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/1818-78AF-F65A-2C87-2044-S" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q11243303" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt2508466/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0006-8A1E-0000-G-0000-0000-Q" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/1818-78AF-F65A-2C87-2044-S" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q11243303" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="66.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>