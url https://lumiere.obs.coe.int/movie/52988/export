--- v0 (2025-12-07)
+++ v1 (2026-01-13)
@@ -169,114 +169,114 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Studio Scoop</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Essi vivono</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Ök élnek</t>
+  </si>
+  <si>
+    <t>Oni zyja</t>
+  </si>
+  <si>
+    <t>Yasiyorlar</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>¡Sobreviven!</t>
+  </si>
+  <si>
+    <t>BA,HR</t>
+  </si>
+  <si>
+    <t>Oni žive</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Те живеят</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Eles Vivem</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Invasion Los Angeles</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Oni žijí!</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>John Carpenter's Sie leben</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Skjulte fjender</t>
+  </si>
+  <si>
     <t>Están vivos</t>
-  </si>
-[...61 lines deleted...]
-    <t>Skjulte fjender</t>
   </si>
   <si>
     <t>Sie leben</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>John Carpenterin Pahan kehä</t>
   </si>
   <si>
     <t>Paha kehä</t>
   </si>
   <si>
     <t>Pahan kehä</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Zoun anamesa mas</t>
   </si>
   <si>
     <t>HU</t>
   </si>
@@ -1257,146 +1257,146 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>52</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>