--- v0 (2025-11-18)
+++ v1 (2026-01-22)
@@ -112,50 +112,56 @@
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Carlton</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Edukacja Rity</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,US</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Educando a Rita</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Да образоваш Рита</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Despertar de Rita</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>L'éducation de Rita</t>
@@ -188,56 +194,50 @@
     <t>HU</t>
   </si>
   <si>
     <t>Rita többet akar</t>
   </si>
   <si>
     <t>Szebb dalt énekelni</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Rita Rita</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>リタと大学教授</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Rita</t>
-  </si>
-[...4 lines deleted...]
-    <t>Edukacja Rity</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>A Educação de Rita</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Timmarna med Rita</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Vedozeljna Rita</t>
   </si>
   <si>
     <t>Воспитание Риты</t>
   </si>
   <si>
     <t>Εκπαιδεύοντας τη Ρίτα</t>
   </si>
@@ -854,59 +854,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
@@ -931,59 +931,59 @@
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>58</v>
       </c>
@@ -1000,51 +1000,51 @@
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>62</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>64</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="B20" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>