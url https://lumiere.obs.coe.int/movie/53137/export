--- v0 (2025-11-13)
+++ v1 (2025-12-03)
@@ -142,111 +142,111 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Carlton</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Kino Kults</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,HK,KR,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Bezící muz</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Denar ali krogla</t>
+  </si>
+  <si>
+    <t>Ölüme karsi kosan</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Людина, що бiжить</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Carrera contra la muerte</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Бягащият мъж</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Sobrevivente</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Le jeu du défi</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>Guo guan zhan jiang</t>
+  </si>
+  <si>
+    <t>Běžící muž</t>
+  </si>
+  <si>
     <t>DE,FR</t>
   </si>
   <si>
     <t>Running Man</t>
-  </si>
-[...55 lines deleted...]
-    <t>Guo guan zhan jiang</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Sidste chance</t>
   </si>
   <si>
     <t>Perseguido</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Juokse tai kuole</t>
   </si>
   <si>
     <t>Running man - juokse tai kuole</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O atrotos</t>
   </si>
@@ -1076,125 +1076,125 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
         <v>46</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>32</v>
       </c>
@@ -1318,75 +1318,75 @@
       <c r="A30" t="s">
         <v>90</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>90</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>93</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>96</v>
       </c>
       <c r="B34" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>98</v>
       </c>
       <c r="B35" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B36" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>69</v>
       </c>
       <c r="B38" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>103</v>
       </c>