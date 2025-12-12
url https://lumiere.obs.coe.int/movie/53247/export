--- v0 (2025-11-19)
+++ v1 (2025-12-12)
@@ -196,60 +196,60 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,GB,IE,KR,NL,SE,SG,US</t>
+  </si>
+  <si>
     <t>Chlopak z sasiedztwa</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Komsu Çocuk</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,DE,GB,IE,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>Cercana obsesión</t>
   </si>
   <si>
     <t>Съседското момче</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Garoto da Casa ao Lado</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le garçon d'à côté</t>
   </si>
   <si>
     <t>Obsesión</t>
   </si>
@@ -1261,68 +1261,68 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>64</v>
       </c>
       <c r="B5" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
@@ -1411,51 +1411,51 @@
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>88</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>90</v>
       </c>