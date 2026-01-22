--- v0 (2025-11-22)
+++ v1 (2026-01-22)
@@ -142,81 +142,81 @@
   <si>
     <t>Les Acacias</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>BFI</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>黒人女</t>
+  </si>
+  <si>
     <t>I mavri tou...</t>
   </si>
   <si>
     <t>BA,RS</t>
   </si>
   <si>
     <t>Crnkinja</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A negra de...</t>
   </si>
   <si>
     <t>CA,GB,NO,US</t>
   </si>
   <si>
     <t>Black Girl</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>La nera di...</t>
-  </si>
-[...4 lines deleted...]
-    <t>黒人女</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La negra de...</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Η μαύρη τού...</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Murzynka pani X</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kara Kız</t>
   </si>
@@ -954,65 +954,65 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
         <v>33</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>47</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">