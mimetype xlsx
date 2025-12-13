--- v0 (2025-11-21)
+++ v1 (2025-12-13)
@@ -151,75 +151,75 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Éhes szívek</t>
+  </si>
+  <si>
     <t>AU,DE,FR,GB,IT,MX,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Corazones hambrientos</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Ненаситни сърца</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Corações Famintos</t>
-  </si>
-[...4 lines deleted...]
-    <t>Éhes szívek</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ハングリー・ハーツ</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Złaknieni</t>
   </si>
   <si>
     <t>Corações Inquietos</t>
   </si>
   <si>
     <t>Aç Kalpler</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Голодные сердца</t>
   </si>
@@ -979,59 +979,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>48</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>