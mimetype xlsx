--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -163,72 +163,72 @@
   <si>
     <t>Institut français</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>いぬ</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Kapus</t>
+  </si>
+  <si>
+    <t>Dog</t>
+  </si>
+  <si>
+    <t>Inu</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>El soplón</t>
-  </si>
-[...16 lines deleted...]
-    <t>Inu</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Morir matando</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Доносник</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Técnica de um Delator</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Døden giver ikke kredit</t>
   </si>
@@ -1172,77 +1172,77 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>51</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-      <c r="A4" t="s">
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
         <v>53</v>
-      </c>
-[...6 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>59</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>61</v>
       </c>