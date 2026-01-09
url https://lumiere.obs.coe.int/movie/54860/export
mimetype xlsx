--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -253,50 +253,56 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>20th Century Fox/Warner Bros.</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Mad Max: Estrada da Fúria</t>
+  </si>
+  <si>
     <t>Pašelęs Maksas: itužio kelias</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Pobesneli Maks: Autoput besa</t>
   </si>
   <si>
     <t>Sílený Max: Zbesilá cesta</t>
   </si>
   <si>
     <t>Лудият Макс: Пътят на яростта</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Шалений Макс: Дорога гнiву</t>
   </si>
   <si>
     <t>Лудия Макс: Пътят на яростта</t>
   </si>
   <si>
     <t>CA,HK,NZ,SG</t>
@@ -323,56 +329,50 @@
     <t>Çılgın Max: Öfkeli Yollar</t>
   </si>
   <si>
     <t>Mad Max: Fury Road - Black &amp; Chrome Edition</t>
   </si>
   <si>
     <t>Mad Max: Na drodze gniewu</t>
   </si>
   <si>
     <t>Лудият Макс: Път на яростта</t>
   </si>
   <si>
     <t>Max Dien: Con Duong Tu Than</t>
   </si>
   <si>
     <t>Mad Max: Black &amp; Chrome</t>
   </si>
   <si>
     <t>Çilgin Max: Öfkeli Yollar</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Mad Max: Furia en el camino</t>
-  </si>
-[...4 lines deleted...]
-    <t>Mad Max: Estrada da Fúria</t>
   </si>
   <si>
     <t>CL,CO</t>
   </si>
   <si>
     <t>Mad Max: Furia en el Camino</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>疯狂的麦克斯4：狂暴之路</t>
   </si>
   <si>
     <t>Šílený Max: Zběsilá cesta</t>
   </si>
   <si>
     <t>Mad Max: Raevu tee</t>
   </si>
   <si>
     <t>Mad Max: Furia en la carretera</t>
   </si>
   <si>
     <t>Mad Max: Ο δρόμος της οργής</t>
   </si>
@@ -1978,189 +1978,189 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="B4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="B7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>1</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B9" t="s">
-        <v>89</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2">
+      <c r="A17" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:2">
       <c r="B17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="B18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:2">
-      <c r="A19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>103</v>
       </c>
       <c r="B21" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>105</v>
       </c>
       <c r="B22" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>107</v>
       </c>
@@ -2236,51 +2236,51 @@
       <c r="A32" t="s">
         <v>62</v>
       </c>
       <c r="B32" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>67</v>
       </c>
       <c r="B33" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B35" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>122</v>
       </c>
       <c r="B36" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>74</v>
       </c>