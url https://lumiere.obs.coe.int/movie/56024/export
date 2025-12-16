--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -97,81 +97,81 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Aurum Distribution</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,BR,CA,DE,FR,GB,HR,TR,US</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Драйвер на нiч</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Лимузината</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Šofér</t>
+  </si>
+  <si>
+    <t>ES,VE</t>
+  </si>
+  <si>
+    <t>Giro inesperado</t>
+  </si>
+  <si>
     <t>HU</t>
   </si>
   <si>
     <t>Felnyomva</t>
-  </si>
-[...25 lines deleted...]
-    <t>Giro inesperado</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Stretch - Guida o muori</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>クレイジー・ドライブ</t>
   </si>
   <si>
     <t>LI,LT</t>
   </si>
   <si>
     <t>Įtempimas</t>
   </si>
   <si>
     <t>Nakts braucējs</t>
   </si>
   <si>
     <t>PT</t>
   </si>
@@ -747,59 +747,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
@@ -840,51 +840,51 @@
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>47</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">