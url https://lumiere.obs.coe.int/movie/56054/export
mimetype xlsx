--- v0 (2025-11-22)
+++ v1 (2025-12-12)
@@ -88,123 +88,123 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>A szorító</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Az utolsó round</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Vinci per me!</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>リング（1927）</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>El ring</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Eines starken Mannes Liebe</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Рингът</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Ring</t>
+  </si>
+  <si>
+    <t>O Ringue</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Svetový sampion</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Der Weltmeister</t>
+  </si>
+  <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Ringen</t>
+  </si>
+  <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kehä</t>
-  </si>
-[...67 lines deleted...]
-    <t>Ringen</t>
   </si>
   <si>
     <t>Ratkaisu nyrkkeilykehässä</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>L'arène</t>
   </si>
   <si>
     <t>Le masque de cuir</t>
   </si>
   <si>
     <t>Le ring</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>El cuadrilátero</t>
   </si>
   <si>
     <t>PL</t>
   </si>
@@ -763,62 +763,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
@@ -829,91 +829,91 @@
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>50</v>
       </c>