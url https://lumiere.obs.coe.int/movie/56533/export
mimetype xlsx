--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -94,56 +94,89 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Sexta-Feira 13 - Parte 4: O Capítulo Final</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Vineri 13 (IV): Capitolul final</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Petak 13-ti, 4. deo: Poslednje poglavlje</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Fredagen den 13:e del 4</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Piatok trinásteho 4</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>13. Cuma 4: Son Bölüm</t>
+  </si>
+  <si>
     <t>AU,CA,HK,NL,US</t>
   </si>
   <si>
-    <t>TR</t>
-[...1 lines deleted...]
-  <si>
     <t>13. Cuma: Son Bölüm</t>
   </si>
   <si>
     <t>Martes 13, capítulo final</t>
   </si>
   <si>
     <t>Pátek trináctého 4</t>
   </si>
   <si>
     <t>Piatek trzynastego IV: Ostatni rozdzial</t>
   </si>
   <si>
     <t>Sexta-Feira 13: O Capítulo Final</t>
   </si>
   <si>
     <t>Sexta-Feira 13 Parte 4: O Capítulo Final</t>
   </si>
   <si>
     <t>Viernes 13, 4ª parte: último capítulo</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Viernes 13, capítulo final</t>
@@ -254,83 +287,50 @@
     <t>Péntek 13. - IV. rész: Az utolsó fejezet</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Venerdì 13 - Capitolo finale</t>
   </si>
   <si>
     <t>Venerdì 13: parte IV - Capitolo finale</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>13日の金曜日 完結編</t>
   </si>
   <si>
     <t>Viernes 13: El capítulo final</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Piątek trzynastego IV: Ostatni rozdział</t>
-  </si>
-[...31 lines deleted...]
-    <t>13. Cuma 4: Son Bölüm</t>
   </si>
   <si>
     <t>Friday the 13th Part 4</t>
   </si>
   <si>
     <t>Friday the 13th Part 4: The Final Chapter</t>
   </si>
   <si>
     <t>Friday the 13th Part IV</t>
   </si>
   <si>
     <t>Friday the 13th Part IV: The Final Chapter</t>
   </si>
   <si>
     <t>Friday the Thirteenth: The Final Chapter</t>
   </si>
   <si>
     <t>Пятница 13 - Часть 4: Последняя глава</t>
   </si>
   <si>
     <t>Παρασκευή και 13 μέρος 4</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -874,347 +874,347 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>36</v>
+      </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:2">
-      <c r="A13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:2">
-      <c r="A14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:2">
-      <c r="A15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>46</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:2">
-      <c r="A18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>52</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>57</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>59</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B27" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>70</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="B35" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B36" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B37" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B38" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>6</v>
       </c>
@@ -1223,51 +1223,51 @@
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="B48" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B49" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>98</v>
       </c>
       <c r="B50" t="s">
         <v>99</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">