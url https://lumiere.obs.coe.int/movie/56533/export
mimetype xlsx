--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -94,243 +94,243 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Sexta-feira, 13 - 4ª Parte: Capítulo Final</t>
+  </si>
+  <si>
+    <t>AU,CA,HK,NL,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>13. Cuma: Son Bölüm</t>
+  </si>
+  <si>
+    <t>Martes 13, capítulo final</t>
+  </si>
+  <si>
+    <t>Pátek trináctého 4</t>
+  </si>
+  <si>
+    <t>Piatek trzynastego IV: Ostatni rozdzial</t>
+  </si>
+  <si>
+    <t>Sexta-Feira 13: O Capítulo Final</t>
+  </si>
+  <si>
+    <t>Sexta-Feira 13 Parte 4: O Capítulo Final</t>
+  </si>
+  <si>
+    <t>Viernes 13, 4ª parte: último capítulo</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Viernes 13, capítulo final</t>
+  </si>
+  <si>
+    <t>Viernes 13, el capítulo final</t>
+  </si>
+  <si>
+    <t>Viernes 13. Último capítulo</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Martes 13: Capítulo final</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Петък 13-и: Част IV: Последната глава</t>
+  </si>
+  <si>
+    <t>Sexta-Feira 13, Parte 4: O Capítulo Final</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Vendredi 13: Le chapitre final</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Pátek třináctého 4</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Freitag, der 13. Teil 4 - Das letzte Kapitel</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Fredag den 13. - Sidste kapitel</t>
+  </si>
+  <si>
+    <t>ES,MX</t>
+  </si>
+  <si>
+    <t>Viernes 13: Capítulo final</t>
+  </si>
+  <si>
+    <t>Viernes 13: Último capítulo</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Perjantai 13. päivä, osa 4</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Vendredi 13 - Chapitre 4: Chapitre final</t>
+  </si>
+  <si>
+    <t>Vendredi 13: Chapitre final</t>
+  </si>
+  <si>
+    <t>Vendredi 13 IV: chapitre final</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>Friday the 13th Part - IV: The Final Chapter</t>
+  </si>
+  <si>
+    <t>Friday the 13th: The Final Chapter - Part 4</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Paraskevi kai 13 meros 4o</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Petak 13.: Posljednje poglavlje</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Péntek 13. - IV. rész: Az utolsó fejezet</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Venerdì 13 - Capitolo finale</t>
+  </si>
+  <si>
+    <t>Venerdì 13: parte IV - Capitolo finale</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>13日の金曜日 完結編</t>
+  </si>
+  <si>
+    <t>Viernes 13: El capítulo final</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Piątek trzynastego IV: Ostatni rozdział</t>
+  </si>
+  <si>
     <t>PT</t>
   </si>
   <si>
     <t>Sexta-Feira 13 - Parte 4: O Capítulo Final</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Vineri 13 (IV): Capitolul final</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Petak 13-ti, 4. deo: Poslednje poglavlje</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Fredagen den 13:e del 4</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Piatok trinásteho 4</t>
   </si>
   <si>
-    <t>TR</t>
-[...1 lines deleted...]
-  <si>
     <t>13. Cuma 4: Son Bölüm</t>
-  </si>
-[...157 lines deleted...]
-    <t>Piątek trzynastego IV: Ostatni rozdział</t>
   </si>
   <si>
     <t>Friday the 13th Part 4</t>
   </si>
   <si>
     <t>Friday the 13th Part 4: The Final Chapter</t>
   </si>
   <si>
     <t>Friday the 13th Part IV</t>
   </si>
   <si>
     <t>Friday the 13th Part IV: The Final Chapter</t>
   </si>
   <si>
     <t>Friday the Thirteenth: The Final Chapter</t>
   </si>
   <si>
     <t>Пятница 13 - Часть 4: Последняя глава</t>
   </si>
   <si>
     <t>Παρασκευή και 13 μέρος 4</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -882,339 +882,339 @@
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
         <v>30</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="B5" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="A5" t="s">
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>32</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="7" spans="1:2">
+      <c r="B7" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="6" spans="1:2">
-      <c r="A6" t="s">
+    <row r="8" spans="1:2">
+      <c r="B8" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+    </row>
+    <row r="9" spans="1:2">
+      <c r="B9" t="s">
         <v>35</v>
-      </c>
-[...22 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>37</v>
+      </c>
       <c r="B11" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:2">
+      <c r="A12" t="s">
+        <v>37</v>
+      </c>
       <c r="B12" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2">
+      <c r="A15" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="B15" t="s">
         <v>44</v>
-      </c>
-[...3 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>46</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2">
+      <c r="A18" t="s">
         <v>48</v>
       </c>
-    </row>
-    <row r="18" spans="1:2">
       <c r="B18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>52</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>57</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>59</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
+        <v>59</v>
+      </c>
+      <c r="B25" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>70</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
+        <v>37</v>
+      </c>
+      <c r="B35" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>6</v>
       </c>
@@ -1223,51 +1223,51 @@
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="B48" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="B49" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>98</v>
       </c>
       <c r="B50" t="s">
         <v>99</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">