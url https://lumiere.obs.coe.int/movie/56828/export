--- v0 (2025-12-15)
+++ v1 (2026-01-08)
@@ -133,50 +133,56 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>ODC</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A nö, az nö</t>
+  </si>
+  <si>
     <t>I kyria thelei erota</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Kobieta jest kobieta</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Una mujer es una mujer</t>
   </si>
   <si>
     <t>AU,CA,NL,SG,US</t>
   </si>
   <si>
     <t>A Woman Is a Woman</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Een vrouw is een vrouw</t>
@@ -194,56 +200,50 @@
     <t>Uma Mulher É Uma Mulher</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>En kvinde er en kvinde</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Nainen on aina nainen</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Une Femme est une Femme</t>
   </si>
   <si>
     <t>HR,RS</t>
   </si>
   <si>
     <t>Žena je žena</t>
-  </si>
-[...4 lines deleted...]
-    <t>A nö, az nö</t>
   </si>
   <si>
     <t>Az asszony az asszony</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>女人就是女人</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>La donna è donna</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>女は女である</t>
   </si>
   <si>
     <t>Onna wa onna de aru</t>
   </si>
@@ -991,71 +991,71 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
@@ -1090,51 +1090,51 @@
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>67</v>
       </c>