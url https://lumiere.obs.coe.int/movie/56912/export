--- v0 (2025-11-20)
+++ v1 (2026-01-21)
@@ -103,50 +103,56 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2014</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Gaumont</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Rouge et noir</t>
+  </si>
+  <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Kizil ile kara</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Rood en zwart</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Червено И черно</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Vermelho e o Negro</t>
   </si>
   <si>
     <t>CZ</t>
@@ -194,56 +200,50 @@
     <t>赤と黒（1954）</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Czerwone i czarne</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Vermelho e Negro</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Rött och svart</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kızıl ile kara</t>
-  </si>
-[...4 lines deleted...]
-    <t>Rouge et noir</t>
   </si>
   <si>
     <t>Scarlet and Black</t>
   </si>
   <si>
     <t>Красное и черное</t>
   </si>
   <si>
     <t>Rot und Schwarz</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>The Red and the Black</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -796,109 +796,109 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>48</v>
       </c>