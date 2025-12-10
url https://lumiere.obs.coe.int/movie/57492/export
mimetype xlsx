--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -88,123 +88,123 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Egymásnak születtünk</t>
+  </si>
+  <si>
+    <t>CA,DK,GB,HR,NO,SI,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Vals Dalgasi</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Ritmo loco</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Walzer aus Amerika</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Leçon de danse</t>
+  </si>
+  <si>
+    <t>Dansles</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Време за суинг</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Ritmo Louco</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>En ales de la dansa</t>
+  </si>
+  <si>
+    <t>En alas de la danza</t>
+  </si>
+  <si>
     <t>FI</t>
   </si>
   <si>
     <t>Hääkarkuri</t>
   </si>
   <si>
-    <t>CA,DK,GB,HR,NO,SI,US</t>
-[...49 lines deleted...]
-  <si>
     <t>FR</t>
   </si>
   <si>
     <t>Sur les ailes de la danse</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Den horevo pia</t>
-  </si>
-[...4 lines deleted...]
-    <t>Egymásnak születtünk</t>
   </si>
   <si>
     <t>Follie d'inverno</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>有頂天時代（1936）</t>
   </si>
   <si>
     <t>Uchôten jidai</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>De danskoning</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Lekkoduch</t>
   </si>
@@ -987,51 +987,51 @@
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>