--- v1 (2025-12-10)
+++ v2 (2026-02-09)
@@ -88,123 +88,123 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,DK,GB,HR,NO,SI,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Vals Dalgasi</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Ritmo loco</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Walzer aus Amerika</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Leçon de danse</t>
+  </si>
+  <si>
+    <t>Dansles</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Време за суинг</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Ritmo Louco</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>En ales de la dansa</t>
+  </si>
+  <si>
+    <t>En alas de la danza</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Hääkarkuri</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Sur les ailes de la danse</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Den horevo pia</t>
+  </si>
+  <si>
     <t>HU</t>
   </si>
   <si>
     <t>Egymásnak születtünk</t>
-  </si>
-[...67 lines deleted...]
-    <t>Den horevo pia</t>
   </si>
   <si>
     <t>Follie d'inverno</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>有頂天時代（1936）</t>
   </si>
   <si>
     <t>Uchôten jidai</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>De danskoning</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Lekkoduch</t>
   </si>
@@ -775,128 +775,128 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>47</v>
       </c>
@@ -948,90 +948,90 @@
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>59</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>