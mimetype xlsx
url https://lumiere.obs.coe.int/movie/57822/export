--- v0 (2025-11-24)
+++ v1 (2026-01-07)
@@ -115,63 +115,63 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Jazzi laulja</t>
+  </si>
+  <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Cantaretul de jazz</t>
   </si>
   <si>
     <t>Caz muganisi</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jazzi laulja</t>
   </si>
   <si>
     <t>Spiewak jazzbandu</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>El cantor de jazz</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Das Lied der Väter</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Der Jazzsänger</t>
   </si>
   <si>
     <t>BE,FR</t>
   </si>
@@ -931,66 +931,66 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>34</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>35</v>
       </c>
-    </row>
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>41</v>
@@ -1139,51 +1139,51 @@
       <c r="A26" t="s">
         <v>73</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>76</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B29" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>80</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>82</v>
       </c>
       <c r="B31" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>82</v>
       </c>