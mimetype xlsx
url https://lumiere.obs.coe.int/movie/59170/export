--- v0 (2025-11-22)
+++ v1 (2026-01-20)
@@ -94,50 +94,62 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2020</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Brubaker - alene mot alle</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Więzień Brubaker</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Брубејкер</t>
   </si>
   <si>
     <t>AR,AT,CA,CZ,ES,FR,GB,GR,IT,RO,SE,TR,US</t>
   </si>
   <si>
     <t>Shadow Walk</t>
   </si>
   <si>
     <t>Брубейкер</t>
   </si>
   <si>
     <t>Wiezien Brubaker</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Брубейкър</t>
   </si>
   <si>
     <t>DK</t>
@@ -149,62 +161,50 @@
     <t>FI</t>
   </si>
   <si>
     <t>Brubaker - kiveäkin kovempi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Brubaker, to pio skliro agathi sti zougla me ta sidera</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Bilincs</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ブルベイカー</t>
   </si>
   <si>
     <t>Burubeikâ</t>
-  </si>
-[...10 lines deleted...]
-    <t>Więzień Brubaker</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>As Grades do Inferno</t>
   </si>
   <si>
     <t>Μπρουμπέικερ, το πιο σκληρό αγκάθι στη ζούγκλα με τα σίδερα</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -735,154 +735,154 @@
     <col min="1" max="1" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="61.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>6</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>