--- v0 (2025-12-24)
+++ v1 (2026-02-03)
@@ -94,153 +94,153 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2019</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Hispano Foxfilms</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Ispod planete majmuna</t>
+  </si>
+  <si>
+    <t>Maymunlar Cehennemine Dönüs</t>
+  </si>
+  <si>
+    <t>W podziemiach planety malp</t>
+  </si>
+  <si>
+    <t>AR,CO,MX</t>
+  </si>
+  <si>
+    <t>Bajo el planeta de los simios</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Под планетата на маймуните</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>De Volta ao Planeta dos Macacos</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Le secret de la planète des singes</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Rückkehr zum Planet der Affen</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Flugten på abernes planet</t>
+  </si>
+  <si>
+    <t>Regreso al planeta de los simios</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Tillbaka till apornas planet</t>
+  </si>
+  <si>
+    <t>Paluu apinoiden planeetalle</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Le Secret de la planète des singes</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Epistrofi ston planiti ton pithikon</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Ispod planeta majmuna</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A majmok bolygója II.</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>L'altra faccia del pianeta delle scimmie</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>続 猿の惑星</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Po beždžioniu planeta</t>
-  </si>
-[...97 lines deleted...]
-    <t>続 猿の惑星</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Terugkeer naar de apenplaneet</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Apeplanetens hemmelighet</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>W podziemiach planety małp</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>O Segredo do Planeta dos Macacos</t>
   </si>
@@ -835,146 +835,146 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
         <v>28</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>53</v>
       </c>
@@ -1034,51 +1034,51 @@
       <c r="A25" t="s">
         <v>67</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>69</v>
       </c>
       <c r="B26" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>69</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>73</v>
       </c>
       <c r="B29" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>75</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>77</v>
       </c>
@@ -1087,51 +1087,51 @@
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="B34" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B35" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>83</v>
       </c>
       <c r="B36" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>85</v>
       </c>
       <c r="B37" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>