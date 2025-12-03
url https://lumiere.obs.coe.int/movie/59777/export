--- v0 (2025-11-12)
+++ v1 (2025-12-03)
@@ -103,225 +103,225 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Elke</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Arrow Films</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Bruce Lee, i grothia tou thanatou</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Karate a muerte en Bangkok: 25th anniversario</t>
+  </si>
+  <si>
+    <t>O megalos arhigos, o aittitos tou karate</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Veliki sef</t>
+  </si>
+  <si>
+    <t>Fist of Fury</t>
+  </si>
+  <si>
+    <t>CA,US</t>
+  </si>
+  <si>
+    <t>Fists of Fury</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Tang Shan Da Xiong</t>
+  </si>
+  <si>
+    <t>AU,CA,FI,GB,HK,SE,US</t>
+  </si>
+  <si>
+    <t>The Big Boss</t>
+  </si>
+  <si>
+    <t>Le despote cruel</t>
+  </si>
+  <si>
+    <t>Big Brother of Tongshan</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ドラゴン危機一発</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Büyük Patron</t>
+  </si>
+  <si>
+    <t>Dev Karate</t>
+  </si>
+  <si>
+    <t>Ejderin Dönüşü</t>
+  </si>
+  <si>
+    <t>Öldüren Karateci</t>
+  </si>
+  <si>
+    <t>Patron Benim</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Seful</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Великий бос</t>
+  </si>
+  <si>
+    <t>AR,MX,VE</t>
+  </si>
+  <si>
+    <t>El gran jefe</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>The Chinese Connection</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Dragão Chinês</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>El Gran Jefe</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Die Todesfaust des Cheng Li</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Karatenæver af stål</t>
+  </si>
+  <si>
+    <t>Karate a muerte en Bangkok</t>
+  </si>
+  <si>
+    <t>Karate a muerte en Bangkok: 25 aniversario</t>
+  </si>
+  <si>
+    <t>Lohikäärmeen nyrkki</t>
+  </si>
+  <si>
+    <t>Lohikäärmeen vanki</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Big Boss</t>
+  </si>
+  <si>
+    <t>Μπρους Λη, η γροθιά του θανάτου</t>
+  </si>
+  <si>
+    <t>Ο μεγάλος αρχηγός, ο αήττητος του καράτε</t>
+  </si>
+  <si>
+    <t>Tong san dai hing</t>
+  </si>
+  <si>
+    <t>唐山大兄</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Veliki gazda</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A nagyfőnök</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Il furore della Cina colpisce ancora</t>
+  </si>
+  <si>
+    <t>Doragon kiki ippatsu</t>
+  </si>
+  <si>
     <t>NL</t>
   </si>
   <si>
     <t>The big boss</t>
-  </si>
-[...169 lines deleted...]
-    <t>Doragon kiki ippatsu</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Karatenever av stål</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wielki szef</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Big Boss, o Implacável</t>
   </si>
   <si>
     <t>Big Boss - O Implacável</t>
   </si>
   <si>
     <t>RS</t>
   </si>
@@ -918,163 +918,163 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>47</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>57</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>59</v>
       </c>
@@ -1094,155 +1094,155 @@
       <c r="A23" t="s">
         <v>63</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>65</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>67</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="B28" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B32" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>6</v>
+        <v>79</v>
       </c>
       <c r="B35" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>81</v>
       </c>
       <c r="B36" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>83</v>
       </c>
       <c r="B37" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
+        <v>45</v>
+      </c>
+      <c r="B38" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="B39" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>88</v>
       </c>
       <c r="B40" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>90</v>
       </c>
       <c r="B41" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>92</v>
       </c>