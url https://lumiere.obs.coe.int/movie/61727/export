--- v0 (2025-11-22)
+++ v1 (2026-01-22)
@@ -14,91 +14,97 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="63">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Napoléon vu par Abel Gance</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Abel Gance</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0018192/</t>
   </si>
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0001-06B6-0000-Q-0000-0000-X</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/1E93-4061-5B37-115B-1213-O</t>
   </si>
   <si>
+    <t>CNC (FR) link</t>
+  </si>
+  <si>
+    <t>https://www.cnc.fr/professionnels/visas-et-classification/162481</t>
+  </si>
+  <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q1632158</t>
   </si>
   <si>
     <t>JustWatch link</t>
   </si>
   <si>
     <t>https://www.justwatch.com/uk/movie/napoleon-1927</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2016</t>
   </si>
   <si>
     <t>2016</t>
@@ -124,105 +130,105 @@
   <si>
     <t>Francisco Hoyos Griñon</t>
   </si>
   <si>
     <t>Pathé</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>BFI</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Naporeon</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Napolyon</t>
+  </si>
+  <si>
     <t>AT,BR,DE,DK,EE,GB,IE,NO,PL,RO,RS,SE,US</t>
   </si>
   <si>
     <t>Napoleon</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Наполеон</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Napoleão</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Napoléon</t>
   </si>
   <si>
     <t>EE,FI</t>
   </si>
   <si>
     <t>Napoleon Bonaparte</t>
   </si>
   <si>
     <t>Napoleón</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Napóleon</t>
   </si>
   <si>
     <t>Napoleone</t>
   </si>
   <si>
-    <t>JP</t>
-[...1 lines deleted...]
-  <si>
     <t>ナポレオン</t>
-  </si>
-[...7 lines deleted...]
-    <t>Napolyon</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Abel Gance's Napoleon</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>拿破崙</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ναπολέων</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -557,56 +563,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0018192/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0001-06B6-0000-Q-0000-0000-X" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/1E93-4061-5B37-115B-1213-O" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q1632158" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/uk/movie/napoleon-1927" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0018192/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0001-06B6-0000-Q-0000-0000-X" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/1E93-4061-5B37-115B-1213-O" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/162481" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q1632158" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/uk/movie/napoleon-1927" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B9"/>
+  <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="66.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -644,398 +650,407 @@
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
+    <row r="10" spans="1:2">
+      <c r="A10" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
+    <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="9" width="5" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C2">
         <v>31384</v>
       </c>
       <c r="D2" s="3">
         <v>60</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>60</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3">
         <v>45483</v>
       </c>
       <c r="D3" s="3">
-        <v>17764</v>
+        <v>17646</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3">
-        <v>17764</v>
+        <v>17646</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C4">
         <v>42685</v>
       </c>
       <c r="D4" s="3">
         <v>9386</v>
       </c>
       <c r="E4" s="3">
         <v>6953</v>
       </c>
       <c r="F4" s="3">
         <v>1683</v>
       </c>
       <c r="G4" s="3">
         <v>94</v>
       </c>
       <c r="H4" s="3">
         <v>131</v>
       </c>
       <c r="I4" s="3">
         <v>525</v>
       </c>
       <c r="J4" s="3"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C5">
         <v>45466</v>
       </c>
       <c r="D5" s="3">
         <v>335</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3">
         <v>335</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D6" s="3">
-        <v>27545</v>
+        <v>27427</v>
       </c>
       <c r="E6" s="3">
         <v>6953</v>
       </c>
       <c r="F6" s="3">
         <v>1743</v>
       </c>
       <c r="G6" s="3">
         <v>94</v>
       </c>
       <c r="H6" s="3">
         <v>131</v>
       </c>
       <c r="I6" s="3">
         <v>525</v>
       </c>
       <c r="J6" s="3">
-        <v>18099</v>
+        <v>17981</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D7" s="3">
-        <v>27545</v>
+        <v>27427</v>
       </c>
       <c r="E7" s="3">
         <v>6953</v>
       </c>
       <c r="F7" s="3">
         <v>1743</v>
       </c>
       <c r="G7" s="3">
         <v>94</v>
       </c>
       <c r="H7" s="3">
         <v>131</v>
       </c>
       <c r="I7" s="3">
         <v>525</v>
       </c>
       <c r="J7" s="3">
-        <v>18099</v>
+        <v>17981</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>