--- v0 (2025-12-13)
+++ v1 (2026-01-22)
@@ -94,50 +94,56 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Dutch Film Works</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Opsjednuta</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>Μέσα στο σώμα της Ντέμπορα Λόγκαν</t>
   </si>
   <si>
     <t>AU,CA,DE,GB,IT,SG</t>
   </si>
   <si>
     <t>Uzimanje Deborah Logana</t>
   </si>
   <si>
     <t>Одержимость</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La posesión de Deborah Logan</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Демоните на Дебора</t>
@@ -146,56 +152,50 @@
     <t>BR</t>
   </si>
   <si>
     <t>A Possessão de Deborah Logan</t>
   </si>
   <si>
     <t>CA,NL,NO,SE,US</t>
   </si>
   <si>
     <t>The Taking of Deborah Logan</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Profecía Sangrienta</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>L'Etrange cas Deborah Logan</t>
   </si>
   <si>
     <t>L'étrange cas Deborah Logan</t>
-  </si>
-[...4 lines deleted...]
-    <t>Opsjednuta</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Deborah Logan pokolra szállása</t>
   </si>
   <si>
     <t>Ördögűzés: Deborah Logan története</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>テイキング・オブ・デボラ・ローガン</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Apsėdimas</t>
   </si>
   <si>
     <t>MX</t>
   </si>
@@ -783,122 +783,122 @@
     <col min="1" max="1" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>49</v>
       </c>