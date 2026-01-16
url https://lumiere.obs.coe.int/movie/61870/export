--- v0 (2025-12-05)
+++ v1 (2026-01-16)
@@ -271,50 +271,56 @@
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>我的母亲</t>
+  </si>
+  <si>
     <t>AR,DE,ES,FR,IE,IT,US</t>
   </si>
   <si>
     <t>Min mor</t>
   </si>
   <si>
     <t>AU,CL,GB</t>
   </si>
   <si>
     <t>Mia Madre</t>
   </si>
   <si>
     <t>Моята майка</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Minha Mãe</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Ma mère</t>
@@ -332,56 +338,50 @@
     <t>Moja matka</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Moja majka</t>
   </si>
   <si>
     <t>Annem</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>My Mother</t>
   </si>
   <si>
     <t>Margherita</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Моя мама</t>
-  </si>
-[...4 lines deleted...]
-    <t>我的母亲</t>
   </si>
   <si>
     <t>Η μητέρα μου</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1769,150 +1769,150 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>86</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>87</v>
+        <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="B5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>92</v>
       </c>
       <c r="B7" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="B8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="B9" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="B10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:2">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:2">
-      <c r="A15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>106</v>
       </c>
       <c r="B16" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 