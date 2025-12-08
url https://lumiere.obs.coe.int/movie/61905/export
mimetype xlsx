--- v0 (2025-11-16)
+++ v1 (2025-12-08)
@@ -118,102 +118,102 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Carlotta Films</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Cinobo</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Mord i solen</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,US</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Crimã sub soare</t>
   </si>
   <si>
     <t>Dyo eglimata kato apo ton ilio</t>
   </si>
   <si>
     <t>Zlo czai sie wszedzie</t>
   </si>
   <si>
     <t>Δύο Εγκλήματα Κάτω από τον Ηλιο</t>
   </si>
   <si>
     <t>AR,CL</t>
   </si>
   <si>
     <t>El diablo bajo el sol</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Зло под слънцето</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Assassinato num Dia de Sol</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Meurtre au soleil</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Das Böse unter der Sonne</t>
-  </si>
-[...4 lines deleted...]
-    <t>Mord i solen</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Muerte bajo el sol</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Mord på ljusa dagen</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Rikos auringon alla</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Agatha Christie's Evil Under the Sun</t>
   </si>
@@ -889,82 +889,82 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>46</v>
       </c>
@@ -1064,51 +1064,51 @@
       <c r="A22" t="s">
         <v>70</v>
       </c>
       <c r="B22" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>72</v>
       </c>
       <c r="B23" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>74</v>
       </c>
       <c r="B24" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B25" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>77</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>30</v>
       </c>