--- v0 (2025-12-19)
+++ v1 (2026-01-10)
@@ -100,54 +100,54 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Studio Hamburg Enterprises</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Canli kafa avcilari</t>
+  </si>
+  <si>
     <t>AT,AU,BR,CA,CZ,DE,DK,FI,GB,GR,HK,HU,IT,MX,NL,PT,RO,US</t>
-  </si>
-[...1 lines deleted...]
-    <t>Canli kafa avcilari</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Zulu - Die Schlacht von Rorkes Drift</t>
   </si>
   <si>
     <t>BE,CA,FR</t>
   </si>
   <si>
     <t>Zoulou</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Zoeloe</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Зулу</t>
   </si>
@@ -729,60 +729,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="52.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>28</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>