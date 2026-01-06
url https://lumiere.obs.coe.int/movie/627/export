--- v0 (2025-11-24)
+++ v1 (2026-01-06)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="157">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>The Godfather</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Francis Ford Coppola</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -262,50 +262,56 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Kino Kults</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Skopje International Film Festival</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Taramount Film</t>
+  </si>
+  <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Bo Gia</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Krikštatevis</t>
   </si>
   <si>
     <t>RO</t>
@@ -428,53 +434,50 @@
     <t>A keresztapa</t>
   </si>
   <si>
     <t>Guðfaðirinn</t>
   </si>
   <si>
     <t>Il padrino</t>
   </si>
   <si>
     <t>Goddofâzâ</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Daeboo</t>
   </si>
   <si>
     <t>Krikštatėvis</t>
   </si>
   <si>
     <t>Krusttēvs</t>
   </si>
   <si>
     <t>Nașul</t>
-  </si>
-[...1 lines deleted...]
-    <t>RS</t>
   </si>
   <si>
     <t>Кум</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Kumbari</t>
   </si>
   <si>
     <t>AR,CO</t>
   </si>
   <si>
     <t>El Padrino</t>
   </si>
   <si>
     <t>BE,NL</t>
   </si>
   <si>
     <t>De peetvader</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -952,51 +955,51 @@
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
     <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC25"/>
+  <dimension ref="A1:AC26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="6" bestFit="1" customWidth="1"/>
     <col min="6" max="13" width="5" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="6" bestFit="1" customWidth="1"/>
     <col min="15" max="20" width="5" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="6" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="5" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="6" bestFit="1" customWidth="1"/>
     <col min="24" max="26" width="5" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="7" bestFit="1" customWidth="1"/>
     <col min="28" max="29" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29">
       <c r="A1" s="1" t="s">
         <v>19</v>
       </c>
@@ -2057,634 +2060,672 @@
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3">
         <v>65</v>
       </c>
       <c r="AC22" s="3">
         <v>208</v>
       </c>
     </row>
     <row r="23" spans="1:29">
       <c r="A23" t="s">
         <v>82</v>
       </c>
       <c r="B23" t="s">
         <v>83</v>
       </c>
-      <c r="C23">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="3">
-        <v>433</v>
+        <v>151</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
       <c r="P23" s="3"/>
       <c r="Q23" s="3"/>
       <c r="R23" s="3"/>
       <c r="S23" s="3"/>
       <c r="T23" s="3"/>
-      <c r="U23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3">
-        <v>72</v>
+        <v>151</v>
       </c>
     </row>
     <row r="24" spans="1:29">
       <c r="A24" t="s">
         <v>84</v>
       </c>
+      <c r="B24" t="s">
+        <v>85</v>
+      </c>
+      <c r="C24">
+        <v>26569</v>
+      </c>
       <c r="D24" s="3">
-        <v>275908</v>
-[...48 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="E24" s="3"/>
+      <c r="F24" s="3"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="3"/>
+      <c r="I24" s="3"/>
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+      <c r="L24" s="3"/>
+      <c r="M24" s="3"/>
+      <c r="N24" s="3"/>
+      <c r="O24" s="3"/>
+      <c r="P24" s="3"/>
+      <c r="Q24" s="3"/>
+      <c r="R24" s="3"/>
+      <c r="S24" s="3"/>
+      <c r="T24" s="3"/>
       <c r="U24" s="3">
-        <v>20409</v>
-[...21 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="V24" s="3"/>
+      <c r="W24" s="3"/>
+      <c r="X24" s="3"/>
+      <c r="Y24" s="3"/>
+      <c r="Z24" s="3"/>
+      <c r="AA24" s="3"/>
+      <c r="AB24" s="3"/>
       <c r="AC24" s="3">
-        <v>9989</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:29">
       <c r="A25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D25" s="3">
-        <v>279822</v>
+        <v>275908</v>
       </c>
       <c r="E25" s="3">
         <v>27394</v>
       </c>
       <c r="F25" s="3">
         <v>591</v>
       </c>
       <c r="G25" s="3">
         <v>3026</v>
       </c>
       <c r="H25" s="3">
         <v>378</v>
       </c>
       <c r="I25" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="J25" s="3">
         <v>298</v>
       </c>
       <c r="K25" s="3">
         <v>400</v>
       </c>
       <c r="L25" s="3">
         <v>646</v>
       </c>
       <c r="M25" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="N25" s="3">
         <v>17599</v>
       </c>
       <c r="O25" s="3">
-        <v>2254</v>
+        <v>2010</v>
       </c>
       <c r="P25" s="3">
-        <v>9760</v>
+        <v>9577</v>
       </c>
       <c r="Q25" s="3">
         <v>283</v>
       </c>
       <c r="R25" s="3">
         <v>2571</v>
       </c>
       <c r="S25" s="3">
-        <v>5334</v>
+        <v>5239</v>
       </c>
       <c r="T25" s="3">
         <v>2840</v>
       </c>
       <c r="U25" s="3">
-        <v>20482</v>
+        <v>20409</v>
       </c>
       <c r="V25" s="3">
         <v>326</v>
       </c>
       <c r="W25" s="3">
+        <v>9992</v>
+      </c>
+      <c r="X25" s="3">
+        <v>2304</v>
+      </c>
+      <c r="Y25" s="3">
+        <v>584</v>
+      </c>
+      <c r="Z25" s="3">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="3">
+        <v>149257</v>
+      </c>
+      <c r="AB25" s="3">
+        <v>10195</v>
+      </c>
+      <c r="AC25" s="3">
+        <v>9989</v>
+      </c>
+    </row>
+    <row r="26" spans="1:29">
+      <c r="A26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" s="3">
+        <v>279822</v>
+      </c>
+      <c r="E26" s="3">
+        <v>27394</v>
+      </c>
+      <c r="F26" s="3">
+        <v>591</v>
+      </c>
+      <c r="G26" s="3">
+        <v>3026</v>
+      </c>
+      <c r="H26" s="3">
+        <v>378</v>
+      </c>
+      <c r="I26" s="3">
+        <v>119</v>
+      </c>
+      <c r="J26" s="3">
+        <v>298</v>
+      </c>
+      <c r="K26" s="3">
+        <v>400</v>
+      </c>
+      <c r="L26" s="3">
+        <v>646</v>
+      </c>
+      <c r="M26" s="3">
+        <v>138</v>
+      </c>
+      <c r="N26" s="3">
+        <v>17599</v>
+      </c>
+      <c r="O26" s="3">
+        <v>2254</v>
+      </c>
+      <c r="P26" s="3">
+        <v>9760</v>
+      </c>
+      <c r="Q26" s="3">
+        <v>283</v>
+      </c>
+      <c r="R26" s="3">
+        <v>2571</v>
+      </c>
+      <c r="S26" s="3">
+        <v>5334</v>
+      </c>
+      <c r="T26" s="3">
+        <v>2840</v>
+      </c>
+      <c r="U26" s="3">
+        <v>20482</v>
+      </c>
+      <c r="V26" s="3">
+        <v>326</v>
+      </c>
+      <c r="W26" s="3">
         <v>10134</v>
       </c>
-      <c r="X25" s="3">
+      <c r="X26" s="3">
         <v>2396</v>
       </c>
-      <c r="Y25" s="3">
+      <c r="Y26" s="3">
         <v>688</v>
       </c>
-      <c r="Z25" s="3">
+      <c r="Z26" s="3">
         <v>73</v>
       </c>
-      <c r="AA25" s="3">
+      <c r="AA26" s="3">
         <v>151461</v>
       </c>
-      <c r="AB25" s="3">
+      <c r="AB26" s="3">
         <v>10467</v>
       </c>
-      <c r="AC25" s="3">
+      <c r="AC26" s="3">
         <v>10164</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B4" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B7" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B9" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B10" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B19" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="B20" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="B21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="B22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>58</v>
       </c>
       <c r="B24" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="B25" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>63</v>
       </c>
       <c r="B26" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B28" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>68</v>
       </c>
       <c r="B29" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>70</v>
       </c>
       <c r="B30" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>72</v>
       </c>
       <c r="B31" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B32" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B34" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B36" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="B37" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B38" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B39" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B41" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>52</v>
       </c>
       <c r="B42" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>80</v>
       </c>
       <c r="B43" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B44" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B47" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>