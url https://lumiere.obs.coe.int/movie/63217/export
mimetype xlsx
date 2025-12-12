--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -202,50 +202,56 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>BestFilm</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Noble Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Urâţica</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Duff: Dežurna neugledna drugarica</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La designada ultrafea</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Duff: Você Conhece, Tem ou É</t>
   </si>
   <si>
     <t>Duff: Hast du keine, bist du eine</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>El último baile</t>
@@ -254,56 +260,50 @@
     <t>FR</t>
   </si>
   <si>
     <t>Duff: Le faire-valoir</t>
   </si>
   <si>
     <t>Kako postati popularna</t>
   </si>
   <si>
     <t>L'A.S.S.O. nella manica</t>
   </si>
   <si>
     <t>Mano stora amžinai bjauri draugė</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La Duff</t>
   </si>
   <si>
     <t>PT,US</t>
   </si>
   <si>
     <t>Duff</t>
-  </si>
-[...4 lines deleted...]
-    <t>Urâţica</t>
   </si>
   <si>
     <t>Даф: Дежурна неугледна другарица</t>
   </si>
   <si>
     <t>Duff: Dezurni bajs</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Простушка</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Простачка</t>
   </si>
   <si>
     <t>NL,SE,US</t>
   </si>
   <si>
     <t>Designated Ugly Fat Friend</t>
   </si>
@@ -1306,123 +1306,123 @@
       <c r="A2" t="s">
         <v>62</v>
       </c>
       <c r="B2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>64</v>
       </c>
       <c r="B3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="B5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>71</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>78</v>
       </c>
       <c r="B12" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>80</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>58</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>84</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>86</v>
       </c>