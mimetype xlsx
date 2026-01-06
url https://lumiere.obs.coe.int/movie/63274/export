--- v0 (2025-12-14)
+++ v1 (2026-01-06)
@@ -103,78 +103,78 @@
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>CB Films</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>16 Candles</t>
+  </si>
+  <si>
     <t>Solah Mombattiyan</t>
   </si>
   <si>
     <t>Szesnascie swieczek</t>
   </si>
   <si>
     <t>Abefest for viderekommende</t>
   </si>
   <si>
     <t>Å, for en bursdag</t>
   </si>
   <si>
     <t>CA,GB,HK,KR,NL,US</t>
   </si>
   <si>
     <t>'16. Dogum Gunum'</t>
   </si>
   <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>Se busca novio</t>
-  </si>
-[...4 lines deleted...]
-    <t>16 Candles</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Шестнадест свещи</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Gatinhas e Gatões</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>L'amour à 16 ans</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Das darf man nur als Erwachsener</t>
   </si>
@@ -865,86 +865,86 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">