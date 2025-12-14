--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -208,63 +208,63 @@
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE,CA,CH</t>
+  </si>
+  <si>
+    <t>Glowa do góry</t>
+  </si>
+  <si>
+    <t>Z podniesionym czolem</t>
+  </si>
+  <si>
     <t>NO,SE</t>
   </si>
   <si>
     <t>Malony</t>
-  </si>
-[...7 lines deleted...]
-    <t>Z podniesionym czolem</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>С високо вдигната глава</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>De Cabeça Erguida</t>
   </si>
   <si>
     <t>CA,DE,DK,GB,US</t>
   </si>
   <si>
     <t>Standing Tall</t>
   </si>
   <si>
     <t>CO,MX</t>
   </si>
   <si>
     <t>Con la frente en alto</t>
   </si>
@@ -1449,69 +1449,69 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>64</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
         <v>66</v>
-      </c>
-[...6 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>69</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>71</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>73</v>
       </c>