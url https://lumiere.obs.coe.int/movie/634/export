--- v0 (2025-11-20)
+++ v1 (2025-12-13)
@@ -259,50 +259,62 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Atlantic Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>축제일</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Bayram Günü</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Dzien swiateczny</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Det glade postbud</t>
   </si>
   <si>
     <t>Fest i by'n</t>
   </si>
   <si>
     <t>Fest på by'n</t>
   </si>
   <si>
     <t>Dzień świąteczny</t>
   </si>
   <si>
     <t>Há Festa na Aldeia</t>
   </si>
   <si>
     <t>Zi de sarbatoare</t>
@@ -359,62 +371,50 @@
     <t>GR</t>
   </si>
   <si>
     <t>Imera giortis</t>
   </si>
   <si>
     <t>Mera giortis</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Kisvárosi ünnep</t>
   </si>
   <si>
     <t>Giorno di festa</t>
   </si>
   <si>
     <t>Het is feest vandaag</t>
   </si>
   <si>
     <t>'t Is feest vandaag</t>
   </si>
   <si>
     <t>Vandaag is 't feest</t>
-  </si>
-[...10 lines deleted...]
-    <t>Bayram Günü</t>
   </si>
   <si>
     <t>Jede, jede potovský panácek</t>
   </si>
   <si>
     <t>Den glade brevbäraren</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Празничен ден</t>
   </si>
   <si>
     <t>Dia de festa</t>
   </si>
   <si>
     <t>Den roliga brevbäraren</t>
   </si>
   <si>
     <t>The Big Day</t>
   </si>
   <si>
     <t>Holiday</t>
   </si>
@@ -2061,291 +2061,291 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>83</v>
       </c>
       <c r="B3" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="B7" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>100</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>1</v>
+        <v>107</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B21" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>106</v>
+        <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>108</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B23" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>69</v>
+        <v>110</v>
       </c>
       <c r="B24" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="B25" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B26" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="B28" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="B29" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>56</v>
       </c>
       <c r="B30" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>76</v>
       </c>
       <c r="B31" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>121</v>
       </c>
       <c r="B32" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>62</v>
       </c>
       <c r="B33" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B34" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="B35" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="B36" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="B37" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>128</v>
       </c>
       <c r="B38" t="s">