--- v0 (2025-11-14)
+++ v1 (2025-12-05)
@@ -181,78 +181,78 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Films4You</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Njutafilms</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>La corte</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Corte</t>
+  </si>
+  <si>
+    <t>DK,SE</t>
+  </si>
+  <si>
+    <t>Hermelinen</t>
+  </si>
+  <si>
+    <t>El juez</t>
+  </si>
+  <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>Courted</t>
+  </si>
+  <si>
     <t>CA,CH,FR</t>
   </si>
   <si>
     <t>Subtelnosc</t>
-  </si>
-[...22 lines deleted...]
-    <t>Courted</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アムール、愛の法廷</t>
   </si>
   <si>
     <t>Subtelność</t>
   </si>
   <si>
     <t>O Senhor Juiz</t>
   </si>
   <si>
     <t>Gospod sodnik</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Горностай</t>
   </si>
   <si>
     <t>Το μυστικό του δικαστή</t>
   </si>
@@ -1145,99 +1145,99 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>65</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>47</v>
       </c>