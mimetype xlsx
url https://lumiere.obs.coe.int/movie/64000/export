--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -304,96 +304,96 @@
   <si>
     <t>Studio S Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Syn Szawla</t>
+  </si>
+  <si>
+    <t>Ο γιός του Σαούλ</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Синът на Саул</t>
+  </si>
+  <si>
+    <t>AT,AU,CA,DE,FI,GB,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Son of Saul</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Le fils de Saul</t>
+  </si>
+  <si>
+    <t>El fill de Saül</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Sauls son</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>サウルの息子</t>
+  </si>
+  <si>
+    <t>Saul'un Oğlu</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>索尔之子</t>
-  </si>
-[...40 lines deleted...]
-    <t>Saul'un Oğlu</t>
   </si>
   <si>
     <t>AR,CO,ES,MX,VE</t>
   </si>
   <si>
     <t>El hijo de Saúl</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Filho de Saul</t>
   </si>
   <si>
     <t>Saulův syn</t>
   </si>
   <si>
     <t>Sauls søn</t>
   </si>
   <si>
     <t>Sauli poeg</t>
   </si>
   <si>
     <t>Saulin poika</t>
   </si>
@@ -2015,125 +2015,125 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>96</v>
-      </c>
-[...9 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>98</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>100</v>
       </c>
       <c r="B6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>102</v>
       </c>
       <c r="B7" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="B9" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>107</v>
       </c>
       <c r="B10" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>112</v>
       </c>
       <c r="B13" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>114</v>
       </c>
       <c r="B14" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>41</v>
       </c>