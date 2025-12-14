--- v0 (2025-11-22)
+++ v1 (2025-12-14)
@@ -187,123 +187,123 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Noble Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Mars Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,FR,GB,IE,KR,NL,NZ,PL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Kaçis Yok</t>
+  </si>
+  <si>
+    <t>Kudeta</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Виходу немаe</t>
+  </si>
+  <si>
+    <t>AR,CL,CO,MX</t>
+  </si>
+  <si>
+    <t>Sin escape</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Превратът</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Horas de Desespero</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Sans issue</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Převrat</t>
+  </si>
+  <si>
+    <t>Pääsu pole</t>
+  </si>
+  <si>
+    <t>Golpe de estado</t>
+  </si>
+  <si>
+    <t>No Escape - Ei pakotietä</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Bez izlaza</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Kiút nélkül</t>
+  </si>
+  <si>
+    <t>No Escape - Colpo di stato</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>Coup</t>
-  </si>
-[...67 lines deleted...]
-    <t>No Escape - Colpo di stato</t>
   </si>
   <si>
     <t>クーデター</t>
   </si>
   <si>
     <t>Kûdetâ</t>
   </si>
   <si>
     <t>Glābiņa nav</t>
   </si>
   <si>
     <t>Sem Saída</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ujeti</t>
   </si>
   <si>
     <t>Kaçış Yok</t>
   </si>
   <si>
     <t>RU</t>
   </si>
@@ -1155,226 +1155,226 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>58</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>60</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>62</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>70</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>77</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="B17" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>89</v>
       </c>
       <c r="B24" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B25" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>38</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>