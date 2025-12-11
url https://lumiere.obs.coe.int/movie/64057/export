--- v0 (2025-11-16)
+++ v1 (2025-12-11)
@@ -283,50 +283,56 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Pässit</t>
+  </si>
+  <si>
+    <t>Béliers</t>
+  </si>
+  <si>
     <t>Ovnovi</t>
   </si>
   <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>Rams</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Bland män och får</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ひつじ村の兄弟</t>
   </si>
   <si>
     <t>İnatçılar</t>
   </si>
   <si>
     <t>Barany. Islandzka opowiesc</t>
@@ -347,56 +353,50 @@
     <t>A Ovelha Negra</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Carneros</t>
   </si>
   <si>
     <t>CO,MX</t>
   </si>
   <si>
     <t>Carneros: La historia de dos hermanos y ocho ovejas</t>
   </si>
   <si>
     <t>Sture Böcke</t>
   </si>
   <si>
     <t>Blandt mænd og får</t>
   </si>
   <si>
     <t>Jäärad</t>
   </si>
   <si>
     <t>Rams (El valle de los carneros)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Béliers</t>
   </si>
   <si>
     <t>Kosok</t>
   </si>
   <si>
     <t>Rams - Storia di due fratelli e otto pecore</t>
   </si>
   <si>
     <t>Auni</t>
   </si>
   <si>
     <t>Stabukker</t>
   </si>
   <si>
     <t>Barany. Islandzka opowieść</t>
   </si>
   <si>
     <t>Islandzka opowieść</t>
   </si>
   <si>
     <t>Carneiros</t>
   </si>
   <si>
     <t>Despre oameni si oi</t>
   </si>
@@ -1900,181 +1900,181 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="B6" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B7" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>85</v>
+      </c>
+      <c r="B8" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
         <v>64</v>
       </c>
-      <c r="B7" t="s">
+      <c r="B9" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:2">
-[...8 lines deleted...]
-    </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
+      <c r="B10" t="s">
         <v>99</v>
       </c>
-      <c r="B10" t="s">
+    </row>
+    <row r="11" spans="1:2">
+      <c r="B11" t="s">
         <v>100</v>
-      </c>
-[...6 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>60</v>
       </c>
       <c r="B20" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>69</v>
       </c>