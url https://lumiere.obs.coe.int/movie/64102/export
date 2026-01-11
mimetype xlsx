--- v0 (2025-12-01)
+++ v1 (2026-01-11)
@@ -214,69 +214,69 @@
   <si>
     <t>United International Pictures/Universal</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Barracuda Movie/CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Край морето</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,GB,IT,NL,SG,US</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Vue sur mer</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>白い帽子の女</t>
-  </si>
-[...13 lines deleted...]
-    <t>Vue sur mer</t>
   </si>
   <si>
     <t>Hayatın Kıyısında</t>
   </si>
   <si>
     <t>Ben Bo Bien</t>
   </si>
   <si>
     <t>Hayatin Kiyisinda</t>
   </si>
   <si>
     <t>AR,CL,ES,MX</t>
   </si>
   <si>
     <t>Frente al mar</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>À Beira Mar</t>
   </si>
   <si>
     <t>Mere ääres</t>
   </si>
@@ -1366,59 +1366,59 @@
     <col min="1" max="1" width="23.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>68</v>
       </c>
       <c r="B3" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>71</v>
       </c>
       <c r="B5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>63</v>
       </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">